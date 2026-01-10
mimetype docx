--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -161,51 +161,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден ведомственными наградами: медаль МЧС России «Засодружество во имя спасения», медаль МЧС России «XXX лет МЧСРоссии», памятная медаль МЧС России «100 лет горноспасательнойслужбе», памятная ведомственная медаль «20 лет Федеральномуказначейству», медаль следственного комитета РФ «Засодействие».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>