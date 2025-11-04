--- v0 (2025-10-03)
+++ v1 (2025-11-04)
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="7971CFDE"/>
+    <w:nsid w:val="5EF470B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>