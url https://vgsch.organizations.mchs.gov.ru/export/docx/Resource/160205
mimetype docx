--- v1 (2025-11-04)
+++ v2 (2025-12-03)
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="5EF470B2"/>
+    <w:nsid w:val="BFA7B3AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>