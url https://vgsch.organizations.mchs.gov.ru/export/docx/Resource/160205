--- v2 (2025-12-03)
+++ v3 (2026-01-10)
@@ -247,51 +247,51 @@
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Ринас Сергей Эдуардович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="BFA7B3AF"/>
+    <w:nsid w:val="55FFC505"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>