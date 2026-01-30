--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="55FFC505"/>
+    <w:nsid w:val="D4D28930"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>