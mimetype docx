--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="D4D28930"/>
+    <w:nsid w:val="18E3E8FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>