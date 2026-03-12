--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -323,51 +323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="18E3E8FE"/>
+    <w:nsid w:val="0054D0F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>