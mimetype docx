--- v0 (2025-10-10)
+++ v1 (2025-11-13)
@@ -2687,51 +2687,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="57D5AC08"/>
+    <w:nsid w:val="98BB6631"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>