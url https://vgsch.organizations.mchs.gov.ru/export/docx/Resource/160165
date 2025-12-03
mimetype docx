--- v1 (2025-11-13)
+++ v2 (2025-12-03)
@@ -2687,51 +2687,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="98BB6631"/>
+    <w:nsid w:val="6A5F7DEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>