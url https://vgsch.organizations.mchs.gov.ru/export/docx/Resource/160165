--- v2 (2025-12-03)
+++ v3 (2026-01-12)
@@ -2611,51 +2611,51 @@
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Ярушин Фёдор Алексеевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2687,51 +2687,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6A5F7DEC"/>
+    <w:nsid w:val="7BF06F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>