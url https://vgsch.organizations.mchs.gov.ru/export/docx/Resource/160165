--- v3 (2026-01-12)
+++ v4 (2026-02-04)
@@ -2284,356 +2284,370 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Уфимцев Александр Петрович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr/>
+                <w:t xml:space="preserve">Фадеев Константин Юрьевич</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr/>
                 <w:t xml:space="preserve">Фёдоров Геннадий Кириллович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Филиппов Николай Иванович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Цурков Евгений Игоревич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Чеботарёв Игорь Иванович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Черемнов Константин Викторович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Четвергов Леонид Семенович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шабанов Георгий Иванович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шадрин Семён Дмитриевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шакиров Павел Игоревич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шамшурин Николай Семенович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шейве Александр Леонардович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шикшинский Иван Михайлович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Шипунов Александр Николаевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Широких Василий Семенович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Щегольков Василий Васильевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Щипунов Владимир Викторович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Щигрёв Александр Григорьевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Щукин Виталий Владимирович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">ЮрьевВладимир Ильич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Яковенко Алексей Павлович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Яковенко Сергей Иванович</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">ЯнинЮрий Юрьевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Ярушин Фёдор Алексеевич</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2687,51 +2701,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="7BF06F3C"/>
+    <w:nsid w:val="E6365BFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2973,51 +2987,51 @@
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:link w:val="Heading4Char"/>
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/aksenov-nikolay-nikolaevich" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/akimenko-anatoliy-mihaylovich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/alenkin-aleksey-viktorovich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/alchin-pavel-nikolaevich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/altengof-ivan-gotlibovich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anikin-aleksandr-konstantinovich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anisimov-andrey-sergeevich" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anisimov-pavel-mihaylovich" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anohin-mihail-ivanovich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/astashenkov-viktor-egorovich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/badashov-oleg-viktorovich" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/barabanov-valentin-ivanovich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bashkatov-aleksey-timofeevich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/belov-igor-viktorovich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/belokobylskiy-aleksandr-alekseevich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/berdyshev-viktor-aleksandrovich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/berlin-makar-danilovich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/blohin-evgeniy-nikolaevich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bogomolov-arkadiy-alekseevich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bolshakov-vladimir-anatolevich" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/borodulin-aleksey-grigorevich" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bortnikov-dmitriy-vladimirovich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/brazhnikov-grigoriy-vasilevich" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bulin-anatoliy-borisovich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/busanov-viktor-alekseevich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/buharov-nikolay-stepanovich" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vanin-oleg-vitalevich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vasilev-sergey-vladimirovich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vafin-eduard-shageevich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vovk-sergey-davidovich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/volozhaninov-petr-ivanovich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vorobev-valeriy-konstantinovich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/garmashev-leonid-ivanovich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gerasimov-sergey-valerevich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/germanov-sergey-anatolevich" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gilev-oleg-yurevich" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/golikov-nikolay-fedorovich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/golovin-vadim-aleksandrovich" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gorbachev-aleksandr-anatolevich" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gorbachev-oleg-nikolaevich" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/grishkov-vladimir-ilich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gufarov-mintalip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/danilov-nikolay-fedorovich" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/demidov-dmitriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/dovgan-nikolay-timofeevich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/duplikov-anatoliy-ivanovich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ezhov-oleg-vladimirovich" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/emelyanov-vasiliy-egorovich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/erin-aleksandr-ivanovich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/erofeev-valeriy-vasilevich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/efremov-dmitriy-alekseevich" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/eckalov-sergey-alekseevich" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zhelezovskiy-sergey-anatolevich" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zabudkin-vladimir-vladimirovich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zagorskiy-vitaliy-sergeevich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zadorin-stanislav-stanislavovich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zelent-eduard-mihaylovich" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zemcev-evgeniy-viktorovich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zmeev-vladimir-viktorovich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivanov-viktor-aleksandrovich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivanov-vladimir-konstantinovich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivin-mihail-nikolaevich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ignatov-gennadiy-innokentevich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/izyumov-sergey-lvovich" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kabanov-sergey-vasilevich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kazakov-vasiliy-vasilevich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kakaev-oleg-mihaylovich" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kartashov-vyacheslav-mihaylovich" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/katkov-ivan-matveevich" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kayun-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/klimenko-vladimir-nikolaevich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/klyushnikov-anatoliy-nikolaevich" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kolganov-vasiliy-egorovich" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kolesnikov-grigoriy-pavlovich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/konovalov-anton-grigorevich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/korotenko-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kotov-yuriy-ivanovich" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kroshkin-aleksey-ivanovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kudryavcev-ivan-vasilevich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuznecov-aleksandr-stepanovich" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuznechihin-vladilen-evgenevich" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuksin-valeriy-grigorevich" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kucheruk-anton-lukyanovich" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lezhnev-ivan-grigorevich" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lemeho-bogdan-iosifovich" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/len-vyacheslav-vladimirovich" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lihachev-andrey-vilorevich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/logunov-sergey-petrovich" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/mazuriyan-mihail-pavlovich" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/malnev-nikolay-ignatovich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/malcev-sergey-gennadevich" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/maslenkov-viktor-vladimirovich" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/matushkin-vasiliy-viktorovich" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/meling-sergey-aleksandrovich" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/melnikov-yuriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/melnichuk-vladimir-grigorevich" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/mihaylov-vyacheslav-dmitrievich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/monychev-vasiliy-gavrilovich" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/moor-geronim-karlovich" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/murzin-oleg-vladimirovich" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/myakishev-aleksandr-aleksandrovich" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nazarov-andrey-viktorovich" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/neverov-anatoliy-mihaylovich" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nesterenko-nikolay-nikolaevich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nechaev-aleksandr-mefodevich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nosanchuk-oleg-anatolevich" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nurgaliev-timerhan-sharafgalievich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/oleynik-ivan-ivanovich" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/palshin-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/panchuk-vyachevlav-ivanovich" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/peresypkin-iosif-stepanovich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrov-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrov-yuriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrovich-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pogarskiy-valeriy-yurevich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/podshivalov-nikolay-mihaylovich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pozdnyakov-artur-yurevich" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/prokofev-vasiliy-fedorovich" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/protozanov-aleksey-sergeevich" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/prohorov-valeriy-evgenevich" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pryadkin-sergey-valentinovich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/radeckiy-vladimir-mihaylovich" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/radostev-sergey-nikolaevich" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rahimov-radik-rashitovich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ruzhinskiy-sergey-vladimirovich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rusanov-oleg-anatolevich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rybakov-nikolay-aleksandrovich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rylov-aleksey-vitalevich" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/savelev-evgeniy-vasilevich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/savonchenko-aleksandr-ivanovich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/saratovcev-vyacheslav-fedorovich" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sachenko-ivan-sergeevich" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/svetlichnyy-aleksandr-valentinovich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/seleznev-georgiy-vasilevich" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/selivanov-sergey-yurevich" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/skrylev-valeriy-georgievich" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/smychenko-sergey-grigorevich" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sokolenko-vladimir-nikolaevich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/solovey-arsentiy-anufrievich" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sorokin-ivan-aleksandrovich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sofin-evgeniy-aleksandrovich" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/steklov-nikolay-ivanovich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/stepanenko-viktor-alekseevich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/stepochkin-petr-stepanovich" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/streminskiy-ivan-stanislavovich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/surgutskiy-valeriy-ermolaevich" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sushencev-boris-pavlovich" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/teplyy-ustin-leontevich" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/timin-valeriy-ivanovich" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tishin-petr-yakovlevich" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/topinskiy-yuriy-valentinovich" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/trofimov-vladimir-dmitrievich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tuzovskiy-tihon-ivanovich" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tyutimov-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ufimcev-aleksandr-petrovich" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/fedorov-gennadiy-kirillovich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/filippov-nikolay-ivanovich" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/curkov-evgeniy-igorevich" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/chebotarev-igor-ivanovich" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/cheremnov-konstantin-viktorovich" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/chetvergov-leonid-semenovich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shabanov-georgiy-ivanovich" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shadrin-semen-dmitrievich" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shakirov-pavel-igorevich" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shamshurin-nikolay-semenovich" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sheyve-aleksandr-leonardovich" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shikshinskiy-ivan-mihaylovich" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shipunov-aleksandr-nikolaevich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shirokih-vasiliy-semenovich" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchegolkov-vasiliy-vasilevich" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchipunov-vladimir-viktorovich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchigrev-aleksandr-grigorevich" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchukin-vitaliy-vladimirovich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yurev-vladimir-ilich" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yakovenko-aleksey-pavlovich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yakovenko-sergey-ivanovich" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yanin-yuriy-yurevich" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yarushin-fedor-alekseevich" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/aksenov-nikolay-nikolaevich" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/akimenko-anatoliy-mihaylovich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/alenkin-aleksey-viktorovich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/alchin-pavel-nikolaevich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/altengof-ivan-gotlibovich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anikin-aleksandr-konstantinovich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anisimov-andrey-sergeevich" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anisimov-pavel-mihaylovich" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/anohin-mihail-ivanovich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/astashenkov-viktor-egorovich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/badashov-oleg-viktorovich" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/barabanov-valentin-ivanovich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bashkatov-aleksey-timofeevich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/belov-igor-viktorovich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/belokobylskiy-aleksandr-alekseevich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/berdyshev-viktor-aleksandrovich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/berlin-makar-danilovich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/blohin-evgeniy-nikolaevich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bogomolov-arkadiy-alekseevich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bolshakov-vladimir-anatolevich" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/borodulin-aleksey-grigorevich" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bortnikov-dmitriy-vladimirovich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/brazhnikov-grigoriy-vasilevich" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/bulin-anatoliy-borisovich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/busanov-viktor-alekseevich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/buharov-nikolay-stepanovich" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vanin-oleg-vitalevich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vasilev-sergey-vladimirovich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vafin-eduard-shageevich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vovk-sergey-davidovich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/volozhaninov-petr-ivanovich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/vorobev-valeriy-konstantinovich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/garmashev-leonid-ivanovich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gerasimov-sergey-valerevich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/germanov-sergey-anatolevich" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gilev-oleg-yurevich" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/golikov-nikolay-fedorovich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/golovin-vadim-aleksandrovich" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gorbachev-aleksandr-anatolevich" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gorbachev-oleg-nikolaevich" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/grishkov-vladimir-ilich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/gufarov-mintalip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/danilov-nikolay-fedorovich" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/demidov-dmitriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/dovgan-nikolay-timofeevich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/duplikov-anatoliy-ivanovich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ezhov-oleg-vladimirovich" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/emelyanov-vasiliy-egorovich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/erin-aleksandr-ivanovich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/erofeev-valeriy-vasilevich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/efremov-dmitriy-alekseevich" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/eckalov-sergey-alekseevich" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zhelezovskiy-sergey-anatolevich" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zabudkin-vladimir-vladimirovich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zagorskiy-vitaliy-sergeevich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zadorin-stanislav-stanislavovich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zelent-eduard-mihaylovich" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zemcev-evgeniy-viktorovich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/zmeev-vladimir-viktorovich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivanov-viktor-aleksandrovich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivanov-vladimir-konstantinovich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ivin-mihail-nikolaevich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ignatov-gennadiy-innokentevich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/izyumov-sergey-lvovich" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kabanov-sergey-vasilevich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kazakov-vasiliy-vasilevich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kakaev-oleg-mihaylovich" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kartashov-vyacheslav-mihaylovich" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/katkov-ivan-matveevich" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kayun-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/klimenko-vladimir-nikolaevich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/klyushnikov-anatoliy-nikolaevich" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kolganov-vasiliy-egorovich" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kolesnikov-grigoriy-pavlovich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/konovalov-anton-grigorevich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/korotenko-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kotov-yuriy-ivanovich" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kroshkin-aleksey-ivanovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kudryavcev-ivan-vasilevich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuznecov-aleksandr-stepanovich" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuznechihin-vladilen-evgenevich" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kuksin-valeriy-grigorevich" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/kucheruk-anton-lukyanovich" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lezhnev-ivan-grigorevich" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lemeho-bogdan-iosifovich" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/len-vyacheslav-vladimirovich" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/lihachev-andrey-vilorevich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/logunov-sergey-petrovich" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/mazuriyan-mihail-pavlovich" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/malnev-nikolay-ignatovich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/malcev-sergey-gennadevich" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/maslenkov-viktor-vladimirovich" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/matushkin-vasiliy-viktorovich" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/meling-sergey-aleksandrovich" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/melnikov-yuriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/melnichuk-vladimir-grigorevich" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/mihaylov-vyacheslav-dmitrievich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/monychev-vasiliy-gavrilovich" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/moor-geronim-karlovich" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/murzin-oleg-vladimirovich" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/myakishev-aleksandr-aleksandrovich" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nazarov-andrey-viktorovich" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/neverov-anatoliy-mihaylovich" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nesterenko-nikolay-nikolaevich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nechaev-aleksandr-mefodevich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nosanchuk-oleg-anatolevich" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/nurgaliev-timerhan-sharafgalievich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/oleynik-ivan-ivanovich" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/palshin-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/panchuk-vyachevlav-ivanovich" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/peresypkin-iosif-stepanovich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrov-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrov-yuriy-aleksandrovich" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/petrovich-vladimir-aleksandrovich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pogarskiy-valeriy-yurevich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/podshivalov-nikolay-mihaylovich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pozdnyakov-artur-yurevich" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/prokofev-vasiliy-fedorovich" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/protozanov-aleksey-sergeevich" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/prohorov-valeriy-evgenevich" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/pryadkin-sergey-valentinovich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/radeckiy-vladimir-mihaylovich" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/radostev-sergey-nikolaevich" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rahimov-radik-rashitovich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ruzhinskiy-sergey-vladimirovich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rusanov-oleg-anatolevich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rybakov-nikolay-aleksandrovich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/rylov-aleksey-vitalevich" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/savelev-evgeniy-vasilevich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/savonchenko-aleksandr-ivanovich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/saratovcev-vyacheslav-fedorovich" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sachenko-ivan-sergeevich" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/svetlichnyy-aleksandr-valentinovich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/seleznev-georgiy-vasilevich" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/selivanov-sergey-yurevich" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/skrylev-valeriy-georgievich" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/smychenko-sergey-grigorevich" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sokolenko-vladimir-nikolaevich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/solovey-arsentiy-anufrievich" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sorokin-ivan-aleksandrovich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sofin-evgeniy-aleksandrovich" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/steklov-nikolay-ivanovich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/stepanenko-viktor-alekseevich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/stepochkin-petr-stepanovich" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/streminskiy-ivan-stanislavovich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/surgutskiy-valeriy-ermolaevich" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sushencev-boris-pavlovich" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/teplyy-ustin-leontevich" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/timin-valeriy-ivanovich" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tishin-petr-yakovlevich" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/topinskiy-yuriy-valentinovich" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/trofimov-vladimir-dmitrievich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tuzovskiy-tihon-ivanovich" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/tyutimov-aleksandr-sergeevich" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/ufimcev-aleksandr-petrovich" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/fadeev-konstantin-yurevich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/fedorov-gennadiy-kirillovich" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/filippov-nikolay-ivanovich" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/curkov-evgeniy-igorevich" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/chebotarev-igor-ivanovich" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/cheremnov-konstantin-viktorovich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/chetvergov-leonid-semenovich" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shabanov-georgiy-ivanovich" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shadrin-semen-dmitrievich" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shakirov-pavel-igorevich" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shamshurin-nikolay-semenovich" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/sheyve-aleksandr-leonardovich" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shikshinskiy-ivan-mihaylovich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shipunov-aleksandr-nikolaevich" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shirokih-vasiliy-semenovich" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchegolkov-vasiliy-vasilevich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchipunov-vladimir-viktorovich" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchigrev-aleksandr-grigorevich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/shchukin-vitaliy-vladimirovich" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yurev-vladimir-ilich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yakovenko-aleksey-pavlovich" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yakovenko-sergey-ivanovich" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yanin-yuriy-yurevich" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ob-organizacii/pogibshie-gornospasateli/yarushin-fedor-alekseevich" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>