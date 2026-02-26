--- v4 (2026-02-04)
+++ v5 (2026-02-26)
@@ -2701,51 +2701,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="E6365BFA"/>
+    <w:nsid w:val="D2B0E936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>