--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -2701,51 +2701,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="D2B0E936"/>
+    <w:nsid w:val="343310CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>