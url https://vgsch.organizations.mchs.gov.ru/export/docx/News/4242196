--- v0 (2025-10-25)
+++ v1 (2026-01-26)
@@ -159,51 +159,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Так, нагрудным знаком МЧС России «За заслуги» был награжденпомощник командира взвода Машкин К.И. Нагрудного знака Министерстваэнергетики Российской Федерации «Шахтёрская слава» третьей степенибыл удостоен помощник командира отряда Мальчук Н.Н. Почетнуюграмоту Министерства энергетики Российской Федерации вручилизаместителю командира отряда Муллаярову Р.З. Еще пять работниковотряда были отмечены почетными грамотами ФГУП «ВГСЧ».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>