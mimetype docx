--- v0 (2025-10-26)
+++ v1 (2026-02-10)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В ходе обучения слушатели совершенствовали свои знания в областигорноспасательного дела, профилактики и ликвидации аварийныхситуаций на объектах ведения горных работ. Им были прочитаны лекциии проведена деловая игра по плану мероприятий по локализации иликвидации последствий аварий на опасных производственных объектахведения горных работ. Занятия проводило руководство аппаратауправления ФГУП «ВГСЧ».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>