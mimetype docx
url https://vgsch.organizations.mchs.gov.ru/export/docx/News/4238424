--- v0 (2025-11-02)
+++ v1 (2026-01-08)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">«Для всех нас День Победы является священным праздником. Он навекистал символом великого героизма, храбрости, отваги, патриотизма имужества людей, отстоявших мир. Мы вспоминаем тех, кто испытал ивыдержал все тяготы войны, кто отдал жизнь за свободу инезависимость нашей Родины», - отметил Юрий Сафрыгин.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>