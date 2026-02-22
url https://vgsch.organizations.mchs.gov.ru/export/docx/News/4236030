--- v0 (2025-10-20)
+++ v1 (2026-02-22)
@@ -186,51 +186,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">- применение опытных образцов техники для ликвидации аварии вусловиях подземных горных выработок на территории, входящей вАрктическую зону Российской Федерации (комплекс «Волна», «Мобильныйкомплекс информационного обеспечения спасательных операций»«ГРАНЧ», подземное многозвенное робототехническое средство НОЦ«Транспорт», робототехнический комплекс легкого класса РТК-08).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>