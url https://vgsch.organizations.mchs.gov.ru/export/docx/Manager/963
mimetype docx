--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -222,51 +222,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден ведомственными и региональными наградами: медаль МЧСРоссии «За отвагу на пожаре», медаль МЧС России «За содружество воимя спасения», медаль МЧС России «XXX лет МЧС России», нагрудныйзнак МЧС России «За заслуги», памятная медаль МЧС России «100 летгорноспасательной службе», знаками отличия «Шахтерская Слава» III иII степени, знак «Горняцкая слава» III степени, медаль «За честь имужество», юбилейная медаль «70 лет Дню шахтера».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>