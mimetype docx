--- v0 (2025-10-10)
+++ v1 (2026-01-30)
@@ -203,51 +203,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден государственными и ведомственными наградами: медальордена «За заслуги перед Отечеством» II степени, медаль МЧС России«За содружество во имя спасения», медаль МЧС России «XXX лет МЧСРоссии», нагрудный знак МЧС России «За заслуги», памятная медальМЧС России «Маршал Василий Чуйков», памятная медаль МЧС России «85лет Гражданской обороне», памятная медаль МЧС России «100 летгорноспасательной службе», знаками отличия «Шахтерская Слава» III,II и I степени.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>