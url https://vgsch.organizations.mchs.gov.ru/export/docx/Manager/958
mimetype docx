--- v0 (2025-10-10)
+++ v1 (2026-01-08)
@@ -173,51 +173,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден государственными и ведомственными наградами: медальордена «За заслуги перед Отечеством» II степени, медаль МЧС России«За содружество во имя спасения», медаль МЧС России «XXV лет МЧСРоссии», нагрудный знак МЧС России «За заслуги», памятная медальМЧС России «100 лет горноспасательной службе», медалью «За заслугив проведении всероссийской переписи населения».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>