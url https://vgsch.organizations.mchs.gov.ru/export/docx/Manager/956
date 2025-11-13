--- v0 (2025-10-10)
+++ v1 (2025-11-13)
@@ -75,51 +75,51 @@
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Исполняющий обязанности генерального директора</w:t>
+              <w:t xml:space="preserve">Первый заместитель генерального директора пооперативно-технической работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Руденко Виталий Александрович</w:t>
             </w:r>
@@ -154,57 +154,58 @@
               <w:t xml:space="preserve">Родился 26июля 1975 года в городе Кентау Чимкентской области. В 1997 годузакончил Сибирскую государственную горно-металлургическую академиюпо специальности «Электромеханика в горном производстве»,присуждена квалификация горный инженер - электромеханик.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С 1997 году поступил на службу в Новокузнецкий отдельныйвоенизированный горноспасательный отряд на должность респираторщикаи прошёл трудовой путь до  помощника командира отряда, накоторой проработал вплоть до 2010 года.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С 8 ноября 2010 года занимал должность заместителя генеральногодиректора по оперативной деятельности ОАО «ВГСЧ».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В июне 2011 года переведен во ФГУП «ВГСЧ» на должность заместителягенерального директора по оперативно-технической деятельности.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">В настоящее время занимает должность первого заместителягенерального директора по оперативно-технической работе.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">С апреля 2023 года занимает должность первого заместителягенерального директора по оперативно-технической работе.</w:t>
+            </w:r>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Награжден государственными, ведомственными и региональныминаградами: медаль ордена «За заслуги перед Отечеством» II степени,медаль «За спасение погибавших», медаль МЧС России «За содружествово имя спасения», медаль МЧС России «За пропаганду спасательногодела», медаль МЧС России «XXV лет МЧС России», медаль МЧС России«XXX лет МЧС России», нагрудный знак МЧС России «За заслуги»,памятная медаль МЧС России «Маршал Василий Чуйков», памятная медальМЧС России «100 лет горноспасательной службе», знак отличия«Шахтерская Слава» III степени, знак «Горняцкая слава» III степени,медаль «За честь и мужество».</w:t>
+              <w:t xml:space="preserve">Награжден государственными, ведомственными и региональныминаградами: медаль ордена «За заслуги перед Отечеством» II степени,медаль «За спасение погибавших», медаль МЧС России «За содружествово имя спасения», медаль МЧС России «За пропаганду спасательногодела», медаль МЧС России «XXV лет МЧС России», медаль МЧС России«XXX лет МЧС России», медаль МЧС России "За безупречную службу",нагрудный знак МЧС России «За заслуги», памятная медаль МЧС России«Маршал Василий Чуйков», памятная медаль МЧС России «100 летгорноспасательной службе», знак отличия «Шахтерская Слава» IIIстепени, знак «Горняцкая слава» III степени, медаль «За честь имужество».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>