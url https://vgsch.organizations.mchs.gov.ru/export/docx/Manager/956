--- v1 (2025-11-13)
+++ v2 (2026-01-30)
@@ -161,71 +161,71 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С 8 ноября 2010 года занимал должность заместителя генеральногодиректора по оперативной деятельности ОАО «ВГСЧ».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В июне 2011 года переведен во ФГУП «ВГСЧ» на должность заместителягенерального директора по оперативно-технической деятельности.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С апреля 2023 года занимает должность первого заместителягенерального директора по оперативно-технической работе.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Награжден государственными, ведомственными и региональныминаградами: медаль ордена «За заслуги перед Отечеством» II степени,медаль «За спасение погибавших», медаль МЧС России «За содружествово имя спасения», медаль МЧС России «За пропаганду спасательногодела», медаль МЧС России «XXV лет МЧС России», медаль МЧС России«XXX лет МЧС России», медаль МЧС России "За безупречную службу",нагрудный знак МЧС России «За заслуги», памятная медаль МЧС России«Маршал Василий Чуйков», памятная медаль МЧС России «100 летгорноспасательной службе», знак отличия «Шахтерская Слава» IIIстепени, знак «Горняцкая слава» III степени, медаль «За честь имужество».</w:t>
+              <w:t xml:space="preserve">Награжден государственными, ведомственными и региональныминаградами: медаль ордена «За заслуги перед Отечеством» II степени,медаль «За спасение погибавших», медаль МЧС России «За содружествово имя спасения», медаль МЧС России «За пропаганду спасательногодела», медаль МЧС России «XXV лет МЧС России», медаль МЧС России«XXX лет МЧС России», медаль МЧС России "За безупречную службу",нагрудный знак МЧС России «За заслуги», памятная медаль МЧС России«Маршал Василий Чуйков», памятная медаль МЧС России «100 летгорноспасательной службе», знаки отличия «Шахтерская Слава» II иIII степени, знак «Горняцкая слава» III степени, медаль «За честь имужество».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>