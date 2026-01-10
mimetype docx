--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -218,51 +218,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден ведомственными и региональными наградами: нагруднымзнаком МЧС России «За заслуги», нагрудными знаками «ГорняцкаяСлава» III, II степени, медалью Кемеровской области «За веру идобро», медалью МЧС России «За предупреждение пожаров», орденомКемеровской области «За доблестный шахтерский труд» III степени,памятной медалью МЧС России «100 лет горноспасательной службе».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>