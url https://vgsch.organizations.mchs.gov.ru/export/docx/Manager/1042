--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -179,51 +179,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Награжден государственными, ведомственными и региональныминаградами: медаль «За спасение погибавших», медаль МЧС России «Засодружество во имя спасения», медаль МЧС России «XXV лет МЧСРоссии», нагрудный знак МЧС России «За заслуги», памятная медальМЧС России «Маршал Василий Чуйков», памятная медаль МЧС России «100лет горноспасательной службе», знаками отличия «Шахтерская Слава»III, II и I степени, медаль «За веру и добро», медаль «За честь имужество».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>